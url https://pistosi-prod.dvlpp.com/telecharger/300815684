--- v0 (2025-10-03)
+++ v1 (2025-12-18)
@@ -1,88 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Nxwpetl001\public\Reporting\PRIIPS Production Données\PRIIPS Scénario de Performance\PRIIPS_ScenariPerformance\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{40043A16-F5A7-430A-98AF-499C94521CE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{DEA643F8-2E7A-4AEC-886A-A6F6A5CD3ACD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-14325" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{5CBD78D9-5602-4FC2-9F81-B3085BE94C54}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{FAA0C4EC-8D31-4EBC-B971-B63FA15F48C8}"/>
   </bookViews>
   <sheets>
     <sheet name="HistoriqueScenarioPerformance" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="64">
+  <si>
+    <t>31/10/2025</t>
+  </si>
+  <si>
+    <t>FR0010177899</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
   <si>
     <t>31/08/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>FR0010177899</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>31/10/2024</t>
   </si>
   <si>
     <t>30/09/2024</t>
   </si>
@@ -726,608 +732,609 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F710384-D419-4166-8C59-E29786F18668}">
-  <dimension ref="A1:R56"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C449E640-857A-4F8F-8353-EC445F2E4E38}">
+  <sheetPr codeName="Feuil19"/>
+  <dimension ref="A1:R58"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:R21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:18" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
       <c r="F1" s="30"/>
       <c r="G1" s="30"/>
       <c r="H1" s="30"/>
       <c r="I1" s="30"/>
       <c r="J1" s="30"/>
       <c r="K1" s="30"/>
       <c r="L1" s="30"/>
       <c r="M1" s="30"/>
       <c r="N1" s="30"/>
       <c r="O1" s="30"/>
       <c r="P1" s="30"/>
       <c r="Q1" s="30"/>
       <c r="R1" s="29"/>
     </row>
     <row r="2" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="28" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B2" s="27"/>
       <c r="C2" s="27"/>
       <c r="D2" s="27"/>
       <c r="E2" s="27"/>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
       <c r="H2" s="27"/>
       <c r="I2" s="27"/>
       <c r="J2" s="27"/>
       <c r="K2" s="27"/>
       <c r="L2" s="27"/>
       <c r="M2" s="27"/>
       <c r="N2" s="27"/>
       <c r="O2" s="27"/>
       <c r="P2" s="27"/>
       <c r="Q2" s="27"/>
       <c r="R2" s="26"/>
     </row>
     <row r="3" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="25"/>
       <c r="C3" s="3"/>
       <c r="D3" s="24"/>
       <c r="E3" s="3"/>
       <c r="F3" s="24"/>
       <c r="G3" s="3"/>
       <c r="H3" s="24"/>
       <c r="I3" s="3"/>
       <c r="J3" s="24"/>
       <c r="K3" s="3"/>
       <c r="L3" s="24"/>
       <c r="M3" s="3"/>
       <c r="N3" s="24"/>
       <c r="O3" s="3"/>
       <c r="P3" s="24"/>
       <c r="Q3" s="2"/>
       <c r="R3" s="24"/>
     </row>
     <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4" s="23" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B4" s="22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C4" s="21"/>
       <c r="D4" s="20"/>
       <c r="E4" s="21"/>
       <c r="F4" s="20"/>
       <c r="G4" s="21"/>
       <c r="H4" s="20"/>
       <c r="I4" s="21"/>
       <c r="J4" s="20"/>
       <c r="K4" s="21"/>
       <c r="L4" s="20"/>
       <c r="M4" s="21"/>
       <c r="N4" s="20"/>
       <c r="O4" s="21"/>
       <c r="P4" s="20"/>
       <c r="Q4" s="19"/>
       <c r="R4" s="18"/>
     </row>
     <row r="5" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A5" s="17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="16"/>
       <c r="E5" s="3"/>
       <c r="F5" s="16"/>
       <c r="G5" s="3"/>
       <c r="H5" s="16"/>
       <c r="I5" s="3"/>
       <c r="J5" s="16"/>
       <c r="K5" s="3"/>
       <c r="L5" s="16"/>
       <c r="M5" s="3"/>
       <c r="N5" s="16"/>
       <c r="O5" s="3"/>
       <c r="P5" s="16"/>
       <c r="Q5" s="2"/>
       <c r="R5" s="15"/>
     </row>
     <row r="6" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A6" s="17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="16"/>
       <c r="E6" s="3"/>
       <c r="F6" s="16"/>
       <c r="G6" s="3"/>
       <c r="H6" s="16"/>
       <c r="I6" s="3"/>
       <c r="J6" s="16"/>
       <c r="K6" s="3"/>
       <c r="L6" s="16"/>
       <c r="M6" s="3"/>
       <c r="N6" s="16"/>
       <c r="O6" s="3"/>
       <c r="P6" s="16"/>
       <c r="Q6" s="2"/>
       <c r="R6" s="15"/>
     </row>
     <row r="7" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A7" s="17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="16"/>
       <c r="E7" s="3"/>
       <c r="F7" s="16"/>
       <c r="G7" s="3"/>
       <c r="H7" s="16"/>
       <c r="I7" s="3"/>
       <c r="J7" s="16"/>
       <c r="K7" s="3"/>
       <c r="L7" s="16"/>
       <c r="M7" s="3"/>
       <c r="N7" s="16"/>
       <c r="O7" s="3"/>
       <c r="P7" s="16"/>
       <c r="Q7" s="2"/>
       <c r="R7" s="15"/>
     </row>
     <row r="8" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A8" s="17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B8" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="16"/>
       <c r="E8" s="3"/>
       <c r="F8" s="16"/>
       <c r="G8" s="3"/>
       <c r="H8" s="16"/>
       <c r="I8" s="3"/>
       <c r="J8" s="16"/>
       <c r="K8" s="3"/>
       <c r="L8" s="16"/>
       <c r="M8" s="3"/>
       <c r="N8" s="16"/>
       <c r="O8" s="3"/>
       <c r="P8" s="16"/>
       <c r="Q8" s="2"/>
       <c r="R8" s="15"/>
     </row>
     <row r="9" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A9" s="17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="16"/>
       <c r="E9" s="3"/>
       <c r="F9" s="16"/>
       <c r="G9" s="3"/>
       <c r="H9" s="16"/>
       <c r="I9" s="3"/>
       <c r="J9" s="16"/>
       <c r="K9" s="3"/>
       <c r="L9" s="16"/>
       <c r="M9" s="3"/>
       <c r="N9" s="16"/>
       <c r="O9" s="3"/>
       <c r="P9" s="16"/>
       <c r="Q9" s="2"/>
       <c r="R9" s="15"/>
     </row>
     <row r="10" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B10" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="16"/>
       <c r="E10" s="3"/>
       <c r="F10" s="16"/>
       <c r="G10" s="3"/>
       <c r="H10" s="16"/>
       <c r="I10" s="3"/>
       <c r="J10" s="16"/>
       <c r="K10" s="3"/>
       <c r="L10" s="16"/>
       <c r="M10" s="3"/>
       <c r="N10" s="16"/>
       <c r="O10" s="3"/>
       <c r="P10" s="16"/>
       <c r="Q10" s="2"/>
       <c r="R10" s="15"/>
     </row>
     <row r="11" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A11" s="17" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B11" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="16"/>
       <c r="E11" s="3"/>
       <c r="F11" s="16"/>
       <c r="G11" s="3"/>
       <c r="H11" s="16"/>
       <c r="I11" s="3"/>
       <c r="J11" s="16"/>
       <c r="K11" s="3"/>
       <c r="L11" s="16"/>
       <c r="M11" s="3"/>
       <c r="N11" s="16"/>
       <c r="O11" s="3"/>
       <c r="P11" s="16"/>
       <c r="Q11" s="2"/>
       <c r="R11" s="15"/>
     </row>
     <row r="12" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A12" s="17" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="16"/>
       <c r="E12" s="3"/>
       <c r="F12" s="16"/>
       <c r="G12" s="3"/>
       <c r="H12" s="16"/>
       <c r="I12" s="3"/>
       <c r="J12" s="16"/>
       <c r="K12" s="3"/>
       <c r="L12" s="16"/>
       <c r="M12" s="3"/>
       <c r="N12" s="16"/>
       <c r="O12" s="3"/>
       <c r="P12" s="16"/>
       <c r="Q12" s="2"/>
       <c r="R12" s="15"/>
     </row>
     <row r="13" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A13" s="17" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B13" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="16"/>
       <c r="E13" s="3"/>
       <c r="F13" s="16"/>
       <c r="G13" s="3"/>
       <c r="H13" s="16"/>
       <c r="I13" s="3"/>
       <c r="J13" s="16"/>
       <c r="K13" s="3"/>
       <c r="L13" s="16"/>
       <c r="M13" s="3"/>
       <c r="N13" s="16"/>
       <c r="O13" s="3"/>
       <c r="P13" s="16"/>
       <c r="Q13" s="2"/>
       <c r="R13" s="15"/>
     </row>
     <row r="14" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A14" s="17" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="16"/>
       <c r="E14" s="3"/>
       <c r="F14" s="16"/>
       <c r="G14" s="3"/>
       <c r="H14" s="16"/>
       <c r="I14" s="3"/>
       <c r="J14" s="16"/>
       <c r="K14" s="3"/>
       <c r="L14" s="16"/>
       <c r="M14" s="3"/>
       <c r="N14" s="16"/>
       <c r="O14" s="3"/>
       <c r="P14" s="16"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="15"/>
     </row>
     <row r="15" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A15" s="17" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="16"/>
       <c r="E15" s="3"/>
       <c r="F15" s="16"/>
       <c r="G15" s="3"/>
       <c r="H15" s="16"/>
       <c r="I15" s="3"/>
       <c r="J15" s="16"/>
       <c r="K15" s="3"/>
       <c r="L15" s="16"/>
       <c r="M15" s="3"/>
       <c r="N15" s="16"/>
       <c r="O15" s="3"/>
       <c r="P15" s="16"/>
       <c r="Q15" s="2"/>
       <c r="R15" s="15"/>
     </row>
     <row r="16" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A16" s="17" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="16"/>
       <c r="E16" s="3"/>
       <c r="F16" s="16"/>
       <c r="G16" s="3"/>
       <c r="H16" s="16"/>
       <c r="I16" s="3"/>
       <c r="J16" s="16"/>
       <c r="K16" s="3"/>
       <c r="L16" s="16"/>
       <c r="M16" s="3"/>
       <c r="N16" s="16"/>
       <c r="O16" s="3"/>
       <c r="P16" s="16"/>
       <c r="Q16" s="2"/>
       <c r="R16" s="15"/>
     </row>
     <row r="17" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A17" s="17" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="16"/>
       <c r="E17" s="3"/>
       <c r="F17" s="16"/>
       <c r="G17" s="3"/>
       <c r="H17" s="16"/>
       <c r="I17" s="3"/>
       <c r="J17" s="16"/>
       <c r="K17" s="3"/>
       <c r="L17" s="16"/>
       <c r="M17" s="3"/>
       <c r="N17" s="16"/>
       <c r="O17" s="3"/>
       <c r="P17" s="16"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="15"/>
     </row>
     <row r="18" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A18" s="17" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B18" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="16"/>
       <c r="E18" s="3"/>
       <c r="F18" s="16"/>
       <c r="G18" s="3"/>
       <c r="H18" s="16"/>
       <c r="I18" s="3"/>
       <c r="J18" s="16"/>
       <c r="K18" s="3"/>
       <c r="L18" s="16"/>
       <c r="M18" s="3"/>
       <c r="N18" s="16"/>
       <c r="O18" s="3"/>
       <c r="P18" s="16"/>
       <c r="Q18" s="2"/>
       <c r="R18" s="15"/>
     </row>
     <row r="19" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A19" s="17" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B19" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="16"/>
       <c r="E19" s="3"/>
       <c r="F19" s="16"/>
       <c r="G19" s="3"/>
       <c r="H19" s="16"/>
       <c r="I19" s="3"/>
       <c r="J19" s="16"/>
       <c r="K19" s="3"/>
       <c r="L19" s="16"/>
       <c r="M19" s="3"/>
       <c r="N19" s="16"/>
       <c r="O19" s="3"/>
       <c r="P19" s="16"/>
       <c r="Q19" s="2"/>
       <c r="R19" s="15"/>
     </row>
     <row r="20" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A20" s="17" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="16"/>
       <c r="E20" s="3"/>
       <c r="F20" s="16"/>
       <c r="G20" s="3"/>
       <c r="H20" s="16"/>
       <c r="I20" s="3"/>
       <c r="J20" s="16"/>
       <c r="K20" s="3"/>
       <c r="L20" s="16"/>
       <c r="M20" s="3"/>
       <c r="N20" s="16"/>
       <c r="O20" s="3"/>
       <c r="P20" s="16"/>
       <c r="Q20" s="2"/>
       <c r="R20" s="15"/>
     </row>
     <row r="21" spans="1:18" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="14" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B21" s="13" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C21" s="12"/>
       <c r="D21" s="11"/>
       <c r="E21" s="12"/>
       <c r="F21" s="11"/>
       <c r="G21" s="12"/>
       <c r="H21" s="11"/>
       <c r="I21" s="12"/>
       <c r="J21" s="11"/>
       <c r="K21" s="12"/>
       <c r="L21" s="11"/>
       <c r="M21" s="12"/>
       <c r="N21" s="11"/>
       <c r="O21" s="12"/>
       <c r="P21" s="11"/>
       <c r="Q21" s="10"/>
       <c r="R21" s="9"/>
     </row>
     <row r="23" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A23" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C23" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="B23" s="8" t="s">
+      <c r="D23" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="C23" s="7" t="s">
+      <c r="E23" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="D23" s="5" t="s">
+      <c r="F23" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="E23" s="7" t="s">
+      <c r="G23" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="F23" s="5" t="s">
+      <c r="H23" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="G23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="H23" s="5" t="s">
+      <c r="J23" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="I23" s="7" t="s">
+      <c r="K23" s="7" t="s">
         <v>33</v>
       </c>
-      <c r="J23" s="5" t="s">
+      <c r="L23" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="K23" s="7" t="s">
+      <c r="M23" s="7" t="s">
         <v>31</v>
       </c>
-      <c r="L23" s="5" t="s">
+      <c r="N23" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="M23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="N23" s="5" t="s">
+      <c r="P23" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="O23" s="7" t="s">
+      <c r="Q23" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="P23" s="5" t="s">
+      <c r="R23" s="5" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>1</v>
       </c>
       <c r="B24" s="4">
         <v>44865</v>
       </c>
       <c r="C24" s="3">
         <v>11230</v>
       </c>
       <c r="D24" s="1">
         <v>0.123</v>
       </c>
       <c r="E24" s="3">
         <v>10110</v>
       </c>
       <c r="F24" s="1">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="G24" s="3">
         <v>8770</v>
       </c>
       <c r="H24" s="1">
@@ -1795,51 +1802,51 @@
       </c>
       <c r="M32" s="3">
         <v>10120</v>
       </c>
       <c r="N32" s="1">
         <v>5.9820999999999997E-3</v>
       </c>
       <c r="O32" s="3">
         <v>9340</v>
       </c>
       <c r="P32" s="1">
         <v>-3.3563200000000001E-2</v>
       </c>
       <c r="Q32" s="2">
         <v>7490</v>
       </c>
       <c r="R32" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>1</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C33" s="3">
         <v>11230</v>
       </c>
       <c r="D33" s="1">
         <v>0.123</v>
       </c>
       <c r="E33" s="3">
         <v>10030</v>
       </c>
       <c r="F33" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G33" s="3">
         <v>8770</v>
       </c>
       <c r="H33" s="1">
         <v>-0.123</v>
       </c>
       <c r="I33" s="3">
         <v>8140</v>
       </c>
       <c r="J33" s="1">
         <v>-0.186</v>
       </c>
@@ -1851,51 +1858,51 @@
       </c>
       <c r="M33" s="3">
         <v>10120</v>
       </c>
       <c r="N33" s="1">
         <v>5.9820999999999997E-3</v>
       </c>
       <c r="O33" s="3">
         <v>9340</v>
       </c>
       <c r="P33" s="1">
         <v>-3.3563200000000001E-2</v>
       </c>
       <c r="Q33" s="2">
         <v>7490</v>
       </c>
       <c r="R33" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>1</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C34" s="3">
         <v>11230</v>
       </c>
       <c r="D34" s="1">
         <v>0.123</v>
       </c>
       <c r="E34" s="3">
         <v>10030</v>
       </c>
       <c r="F34" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G34" s="3">
         <v>8770</v>
       </c>
       <c r="H34" s="1">
         <v>-0.123</v>
       </c>
       <c r="I34" s="3">
         <v>8140</v>
       </c>
       <c r="J34" s="1">
         <v>-0.186</v>
       </c>
@@ -1907,51 +1914,51 @@
       </c>
       <c r="M34" s="3">
         <v>10110</v>
       </c>
       <c r="N34" s="1">
         <v>5.4850000000000003E-3</v>
       </c>
       <c r="O34" s="3">
         <v>9340</v>
       </c>
       <c r="P34" s="1">
         <v>-3.3563200000000001E-2</v>
       </c>
       <c r="Q34" s="2">
         <v>7490</v>
       </c>
       <c r="R34" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="35" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>1</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C35" s="3">
         <v>11230</v>
       </c>
       <c r="D35" s="1">
         <v>0.123</v>
       </c>
       <c r="E35" s="3">
         <v>10030</v>
       </c>
       <c r="F35" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G35" s="3">
         <v>8770</v>
       </c>
       <c r="H35" s="1">
         <v>-0.123</v>
       </c>
       <c r="I35" s="3">
         <v>8140</v>
       </c>
       <c r="J35" s="1">
         <v>-0.186</v>
       </c>
@@ -1963,51 +1970,51 @@
       </c>
       <c r="M35" s="3">
         <v>10100</v>
       </c>
       <c r="N35" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O35" s="3">
         <v>9260</v>
       </c>
       <c r="P35" s="1">
         <v>-3.7711099999999997E-2</v>
       </c>
       <c r="Q35" s="2">
         <v>7490</v>
       </c>
       <c r="R35" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>1</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C36" s="3">
         <v>11230</v>
       </c>
       <c r="D36" s="1">
         <v>0.123</v>
       </c>
       <c r="E36" s="3">
         <v>10030</v>
       </c>
       <c r="F36" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G36" s="3">
         <v>8770</v>
       </c>
       <c r="H36" s="1">
         <v>-0.123</v>
       </c>
       <c r="I36" s="3">
         <v>8140</v>
       </c>
       <c r="J36" s="1">
         <v>-0.186</v>
       </c>
@@ -2019,51 +2026,51 @@
       </c>
       <c r="M36" s="3">
         <v>10100</v>
       </c>
       <c r="N36" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O36" s="3">
         <v>9200</v>
       </c>
       <c r="P36" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q36" s="2">
         <v>7490</v>
       </c>
       <c r="R36" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>1</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C37" s="3">
         <v>11230</v>
       </c>
       <c r="D37" s="1">
         <v>0.123</v>
       </c>
       <c r="E37" s="3">
         <v>10030</v>
       </c>
       <c r="F37" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G37" s="3">
         <v>8770</v>
       </c>
       <c r="H37" s="1">
         <v>-0.123</v>
       </c>
       <c r="I37" s="3">
         <v>8140</v>
       </c>
       <c r="J37" s="1">
         <v>-0.186</v>
       </c>
@@ -2075,51 +2082,51 @@
       </c>
       <c r="M37" s="3">
         <v>10090</v>
       </c>
       <c r="N37" s="1">
         <v>4.4898999999999998E-3</v>
       </c>
       <c r="O37" s="3">
         <v>9200</v>
       </c>
       <c r="P37" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q37" s="2">
         <v>7490</v>
       </c>
       <c r="R37" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>1</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C38" s="3">
         <v>11230</v>
       </c>
       <c r="D38" s="1">
         <v>0.123</v>
       </c>
       <c r="E38" s="3">
         <v>10030</v>
       </c>
       <c r="F38" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G38" s="3">
         <v>8770</v>
       </c>
       <c r="H38" s="1">
         <v>-0.123</v>
       </c>
       <c r="I38" s="3">
         <v>8140</v>
       </c>
       <c r="J38" s="1">
         <v>-0.186</v>
       </c>
@@ -2131,51 +2138,51 @@
       </c>
       <c r="M38" s="3">
         <v>10080</v>
       </c>
       <c r="N38" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O38" s="3">
         <v>9160</v>
       </c>
       <c r="P38" s="1">
         <v>-4.2921099999999997E-2</v>
       </c>
       <c r="Q38" s="2">
         <v>7490</v>
       </c>
       <c r="R38" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>1</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C39" s="3">
         <v>11230</v>
       </c>
       <c r="D39" s="1">
         <v>0.123</v>
       </c>
       <c r="E39" s="3">
         <v>10030</v>
       </c>
       <c r="F39" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G39" s="3">
         <v>8770</v>
       </c>
       <c r="H39" s="1">
         <v>-0.123</v>
       </c>
       <c r="I39" s="3">
         <v>8140</v>
       </c>
       <c r="J39" s="1">
         <v>-0.186</v>
       </c>
@@ -2187,51 +2194,51 @@
       </c>
       <c r="M39" s="3">
         <v>10060</v>
       </c>
       <c r="N39" s="1">
         <v>2.9954999999999999E-3</v>
       </c>
       <c r="O39" s="3">
         <v>9200</v>
       </c>
       <c r="P39" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q39" s="2">
         <v>7490</v>
       </c>
       <c r="R39" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>1</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C40" s="3">
         <v>11230</v>
       </c>
       <c r="D40" s="1">
         <v>0.123</v>
       </c>
       <c r="E40" s="3">
         <v>10030</v>
       </c>
       <c r="F40" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G40" s="3">
         <v>8770</v>
       </c>
       <c r="H40" s="1">
         <v>-0.123</v>
       </c>
       <c r="I40" s="3">
         <v>8140</v>
       </c>
       <c r="J40" s="1">
         <v>-0.186</v>
       </c>
@@ -2243,51 +2250,51 @@
       </c>
       <c r="M40" s="3">
         <v>10060</v>
       </c>
       <c r="N40" s="1">
         <v>2.9954999999999999E-3</v>
       </c>
       <c r="O40" s="3">
         <v>9200</v>
       </c>
       <c r="P40" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q40" s="2">
         <v>7490</v>
       </c>
       <c r="R40" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>1</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C41" s="3">
         <v>11230</v>
       </c>
       <c r="D41" s="1">
         <v>0.123</v>
       </c>
       <c r="E41" s="3">
         <v>10030</v>
       </c>
       <c r="F41" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G41" s="3">
         <v>8770</v>
       </c>
       <c r="H41" s="1">
         <v>-0.123</v>
       </c>
       <c r="I41" s="3">
         <v>8140</v>
       </c>
       <c r="J41" s="1">
         <v>-0.186</v>
       </c>
@@ -2299,51 +2306,51 @@
       </c>
       <c r="M41" s="3">
         <v>10080</v>
       </c>
       <c r="N41" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O41" s="3">
         <v>9160</v>
       </c>
       <c r="P41" s="1">
         <v>-4.2921099999999997E-2</v>
       </c>
       <c r="Q41" s="2">
         <v>7490</v>
       </c>
       <c r="R41" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>1</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C42" s="3">
         <v>11230</v>
       </c>
       <c r="D42" s="1">
         <v>0.123</v>
       </c>
       <c r="E42" s="3">
         <v>10030</v>
       </c>
       <c r="F42" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G42" s="3">
         <v>8770</v>
       </c>
       <c r="H42" s="1">
         <v>-0.123</v>
       </c>
       <c r="I42" s="3">
         <v>8140</v>
       </c>
       <c r="J42" s="1">
         <v>-0.186</v>
       </c>
@@ -2355,51 +2362,51 @@
       </c>
       <c r="M42" s="3">
         <v>10080</v>
       </c>
       <c r="N42" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O42" s="3">
         <v>9200</v>
       </c>
       <c r="P42" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q42" s="2">
         <v>7490</v>
       </c>
       <c r="R42" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="43" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>1</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C43" s="3">
         <v>11230</v>
       </c>
       <c r="D43" s="1">
         <v>0.123</v>
       </c>
       <c r="E43" s="3">
         <v>10030</v>
       </c>
       <c r="F43" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G43" s="3">
         <v>8770</v>
       </c>
       <c r="H43" s="1">
         <v>-0.123</v>
       </c>
       <c r="I43" s="3">
         <v>8140</v>
       </c>
       <c r="J43" s="1">
         <v>-0.186</v>
       </c>
@@ -2411,51 +2418,51 @@
       </c>
       <c r="M43" s="3">
         <v>10080</v>
       </c>
       <c r="N43" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O43" s="3">
         <v>9200</v>
       </c>
       <c r="P43" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q43" s="2">
         <v>7490</v>
       </c>
       <c r="R43" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="44" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>1</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C44" s="3">
         <v>11230</v>
       </c>
       <c r="D44" s="1">
         <v>0.123</v>
       </c>
       <c r="E44" s="3">
         <v>10030</v>
       </c>
       <c r="F44" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G44" s="3">
         <v>8770</v>
       </c>
       <c r="H44" s="1">
         <v>-0.123</v>
       </c>
       <c r="I44" s="3">
         <v>8140</v>
       </c>
       <c r="J44" s="1">
         <v>-0.186</v>
       </c>
@@ -2467,51 +2474,51 @@
       </c>
       <c r="M44" s="3">
         <v>10080</v>
       </c>
       <c r="N44" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O44" s="3">
         <v>9200</v>
       </c>
       <c r="P44" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q44" s="2">
         <v>7490</v>
       </c>
       <c r="R44" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="45" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>1</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C45" s="3">
         <v>11230</v>
       </c>
       <c r="D45" s="1">
         <v>0.123</v>
       </c>
       <c r="E45" s="3">
         <v>10030</v>
       </c>
       <c r="F45" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G45" s="3">
         <v>8770</v>
       </c>
       <c r="H45" s="1">
         <v>-0.123</v>
       </c>
       <c r="I45" s="3">
         <v>8140</v>
       </c>
       <c r="J45" s="1">
         <v>-0.186</v>
       </c>
@@ -2523,51 +2530,51 @@
       </c>
       <c r="M45" s="3">
         <v>10080</v>
       </c>
       <c r="N45" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O45" s="3">
         <v>9160</v>
       </c>
       <c r="P45" s="1">
         <v>-4.2921099999999997E-2</v>
       </c>
       <c r="Q45" s="2">
         <v>7490</v>
       </c>
       <c r="R45" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="46" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>1</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C46" s="3">
         <v>11230</v>
       </c>
       <c r="D46" s="1">
         <v>0.123</v>
       </c>
       <c r="E46" s="3">
         <v>10030</v>
       </c>
       <c r="F46" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G46" s="3">
         <v>8770</v>
       </c>
       <c r="H46" s="1">
         <v>-0.123</v>
       </c>
       <c r="I46" s="3">
         <v>8140</v>
       </c>
       <c r="J46" s="1">
         <v>-0.186</v>
       </c>
@@ -2579,51 +2586,51 @@
       </c>
       <c r="M46" s="3">
         <v>10100</v>
       </c>
       <c r="N46" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O46" s="3">
         <v>9200</v>
       </c>
       <c r="P46" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q46" s="2">
         <v>7490</v>
       </c>
       <c r="R46" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="47" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>1</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C47" s="3">
         <v>11230</v>
       </c>
       <c r="D47" s="1">
         <v>0.123</v>
       </c>
       <c r="E47" s="3">
         <v>10030</v>
       </c>
       <c r="F47" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G47" s="3">
         <v>8770</v>
       </c>
       <c r="H47" s="1">
         <v>-0.123</v>
       </c>
       <c r="I47" s="3">
         <v>8140</v>
       </c>
       <c r="J47" s="1">
         <v>-0.186</v>
       </c>
@@ -2635,51 +2642,51 @@
       </c>
       <c r="M47" s="3">
         <v>10100</v>
       </c>
       <c r="N47" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O47" s="3">
         <v>9200</v>
       </c>
       <c r="P47" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q47" s="2">
         <v>7490</v>
       </c>
       <c r="R47" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="48" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>1</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C48" s="3">
         <v>11230</v>
       </c>
       <c r="D48" s="1">
         <v>0.123</v>
       </c>
       <c r="E48" s="3">
         <v>10040</v>
       </c>
       <c r="F48" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G48" s="3">
         <v>8770</v>
       </c>
       <c r="H48" s="1">
         <v>-0.123</v>
       </c>
       <c r="I48" s="3">
         <v>8140</v>
       </c>
       <c r="J48" s="1">
         <v>-0.186</v>
       </c>
@@ -2691,51 +2698,51 @@
       </c>
       <c r="M48" s="3">
         <v>10100</v>
       </c>
       <c r="N48" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O48" s="3">
         <v>9200</v>
       </c>
       <c r="P48" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q48" s="2">
         <v>7490</v>
       </c>
       <c r="R48" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>1</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C49" s="3">
         <v>11230</v>
       </c>
       <c r="D49" s="1">
         <v>0.123</v>
       </c>
       <c r="E49" s="3">
         <v>10040</v>
       </c>
       <c r="F49" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G49" s="3">
         <v>8770</v>
       </c>
       <c r="H49" s="1">
         <v>-0.123</v>
       </c>
       <c r="I49" s="3">
         <v>8140</v>
       </c>
       <c r="J49" s="1">
         <v>-0.186</v>
       </c>
@@ -2747,51 +2754,51 @@
       </c>
       <c r="M49" s="3">
         <v>10100</v>
       </c>
       <c r="N49" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O49" s="3">
         <v>9200</v>
       </c>
       <c r="P49" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q49" s="2">
         <v>7490</v>
       </c>
       <c r="R49" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="50" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>1</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C50" s="3">
         <v>11230</v>
       </c>
       <c r="D50" s="1">
         <v>0.123</v>
       </c>
       <c r="E50" s="3">
         <v>10040</v>
       </c>
       <c r="F50" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G50" s="3">
         <v>8770</v>
       </c>
       <c r="H50" s="1">
         <v>-0.123</v>
       </c>
       <c r="I50" s="3">
         <v>8520</v>
       </c>
       <c r="J50" s="1">
         <v>-0.14799999999999999</v>
       </c>
@@ -2803,51 +2810,51 @@
       </c>
       <c r="M50" s="3">
         <v>10100</v>
       </c>
       <c r="N50" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O50" s="3">
         <v>9200</v>
       </c>
       <c r="P50" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q50" s="2">
         <v>8000</v>
       </c>
       <c r="R50" s="1">
         <v>-0.105573</v>
       </c>
     </row>
     <row r="51" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>1</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C51" s="3">
         <v>11230</v>
       </c>
       <c r="D51" s="1">
         <v>0.123</v>
       </c>
       <c r="E51" s="3">
         <v>10040</v>
       </c>
       <c r="F51" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G51" s="3">
         <v>8770</v>
       </c>
       <c r="H51" s="1">
         <v>-0.123</v>
       </c>
       <c r="I51" s="3">
         <v>8740</v>
       </c>
       <c r="J51" s="1">
         <v>-0.126</v>
       </c>
@@ -2859,51 +2866,51 @@
       </c>
       <c r="M51" s="3">
         <v>10100</v>
       </c>
       <c r="N51" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O51" s="3">
         <v>9200</v>
       </c>
       <c r="P51" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q51" s="2">
         <v>8290</v>
       </c>
       <c r="R51" s="1">
         <v>-8.9505600000000005E-2</v>
       </c>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
         <v>1</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C52" s="3">
         <v>11230</v>
       </c>
       <c r="D52" s="1">
         <v>0.123</v>
       </c>
       <c r="E52" s="3">
         <v>10060</v>
       </c>
       <c r="F52" s="1">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="G52" s="3">
         <v>8770</v>
       </c>
       <c r="H52" s="1">
         <v>-0.123</v>
       </c>
       <c r="I52" s="3">
         <v>8770</v>
       </c>
       <c r="J52" s="1">
         <v>-0.123</v>
       </c>
@@ -2915,51 +2922,51 @@
       </c>
       <c r="M52" s="3">
         <v>10120</v>
       </c>
       <c r="N52" s="1">
         <v>5.9820999999999997E-3</v>
       </c>
       <c r="O52" s="3">
         <v>9200</v>
       </c>
       <c r="P52" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q52" s="2">
         <v>8350</v>
       </c>
       <c r="R52" s="1">
         <v>-8.6216699999999993E-2</v>
       </c>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>1</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C53" s="3">
         <v>11230</v>
       </c>
       <c r="D53" s="1">
         <v>0.123</v>
       </c>
       <c r="E53" s="3">
         <v>10100</v>
       </c>
       <c r="F53" s="1">
         <v>0.01</v>
       </c>
       <c r="G53" s="3">
         <v>8770</v>
       </c>
       <c r="H53" s="1">
         <v>-0.123</v>
       </c>
       <c r="I53" s="3">
         <v>8770</v>
       </c>
       <c r="J53" s="1">
         <v>-0.123</v>
       </c>
@@ -2971,51 +2978,51 @@
       </c>
       <c r="M53" s="3">
         <v>10140</v>
       </c>
       <c r="N53" s="1">
         <v>6.9756999999999996E-3</v>
       </c>
       <c r="O53" s="3">
         <v>9200</v>
       </c>
       <c r="P53" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q53" s="2">
         <v>8390</v>
       </c>
       <c r="R53" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
     <row r="54" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>1</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C54" s="3">
         <v>11230</v>
       </c>
       <c r="D54" s="1">
         <v>0.123</v>
       </c>
       <c r="E54" s="3">
         <v>10180</v>
       </c>
       <c r="F54" s="1">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="G54" s="3">
         <v>8770</v>
       </c>
       <c r="H54" s="1">
         <v>-0.123</v>
       </c>
       <c r="I54" s="3">
         <v>8770</v>
       </c>
       <c r="J54" s="1">
         <v>-0.123</v>
       </c>
@@ -3027,51 +3034,51 @@
       </c>
       <c r="M54" s="3">
         <v>10160</v>
       </c>
       <c r="N54" s="1">
         <v>7.9681999999999999E-3</v>
       </c>
       <c r="O54" s="3">
         <v>9200</v>
       </c>
       <c r="P54" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q54" s="2">
         <v>8390</v>
       </c>
       <c r="R54" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
     <row r="55" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
         <v>1</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C55" s="3">
         <v>11230</v>
       </c>
       <c r="D55" s="1">
         <v>0.123</v>
       </c>
       <c r="E55" s="3">
         <v>10180</v>
       </c>
       <c r="F55" s="1">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="G55" s="3">
         <v>8770</v>
       </c>
       <c r="H55" s="1">
         <v>-0.123</v>
       </c>
       <c r="I55" s="3">
         <v>8770</v>
       </c>
       <c r="J55" s="1">
         <v>-0.123</v>
       </c>
@@ -3083,150 +3090,262 @@
       </c>
       <c r="M55" s="3">
         <v>10160</v>
       </c>
       <c r="N55" s="1">
         <v>7.9681999999999999E-3</v>
       </c>
       <c r="O55" s="3">
         <v>9200</v>
       </c>
       <c r="P55" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q55" s="2">
         <v>8390</v>
       </c>
       <c r="R55" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
     <row r="56" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>1</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="C56" s="3">
         <v>11230</v>
       </c>
       <c r="D56" s="1">
         <v>0.123</v>
       </c>
       <c r="E56" s="3">
         <v>10220</v>
       </c>
       <c r="F56" s="1">
         <v>2.1999999999999999E-2</v>
       </c>
       <c r="G56" s="3">
         <v>8770</v>
       </c>
       <c r="H56" s="1">
         <v>-0.123</v>
       </c>
       <c r="I56" s="3">
         <v>8770</v>
       </c>
       <c r="J56" s="1">
         <v>-0.123</v>
       </c>
       <c r="K56" s="3">
         <v>11560</v>
       </c>
       <c r="L56" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M56" s="3">
         <v>10200</v>
       </c>
       <c r="N56" s="1">
         <v>9.9504999999999993E-3</v>
       </c>
       <c r="O56" s="3">
         <v>9200</v>
       </c>
       <c r="P56" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q56" s="2">
         <v>8390</v>
       </c>
       <c r="R56" s="1">
+        <v>-8.4030599999999997E-2</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>1</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C57" s="3">
+        <v>11230</v>
+      </c>
+      <c r="D57" s="1">
+        <v>0.123</v>
+      </c>
+      <c r="E57" s="3">
+        <v>10220</v>
+      </c>
+      <c r="F57" s="1">
+        <v>2.1999999999999999E-2</v>
+      </c>
+      <c r="G57" s="3">
+        <v>8770</v>
+      </c>
+      <c r="H57" s="1">
+        <v>-0.123</v>
+      </c>
+      <c r="I57" s="3">
+        <v>8770</v>
+      </c>
+      <c r="J57" s="1">
+        <v>-0.123</v>
+      </c>
+      <c r="K57" s="3">
+        <v>11560</v>
+      </c>
+      <c r="L57" s="1">
+        <v>7.5174400000000002E-2</v>
+      </c>
+      <c r="M57" s="3">
+        <v>10200</v>
+      </c>
+      <c r="N57" s="1">
+        <v>9.9504999999999993E-3</v>
+      </c>
+      <c r="O57" s="3">
+        <v>9200</v>
+      </c>
+      <c r="P57" s="1">
+        <v>-4.0833700000000001E-2</v>
+      </c>
+      <c r="Q57" s="2">
+        <v>8390</v>
+      </c>
+      <c r="R57" s="1">
+        <v>-8.4030599999999997E-2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>1</v>
+      </c>
+      <c r="B58" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="C58" s="3">
+        <v>11230</v>
+      </c>
+      <c r="D58" s="1">
+        <v>0.123</v>
+      </c>
+      <c r="E58" s="3">
+        <v>10230</v>
+      </c>
+      <c r="F58" s="1">
+        <v>2.3E-2</v>
+      </c>
+      <c r="G58" s="3">
+        <v>8770</v>
+      </c>
+      <c r="H58" s="1">
+        <v>-0.123</v>
+      </c>
+      <c r="I58" s="3">
+        <v>8770</v>
+      </c>
+      <c r="J58" s="1">
+        <v>-0.123</v>
+      </c>
+      <c r="K58" s="3">
+        <v>11630</v>
+      </c>
+      <c r="L58" s="1">
+        <v>7.8424800000000003E-2</v>
+      </c>
+      <c r="M58" s="3">
+        <v>10200</v>
+      </c>
+      <c r="N58" s="1">
+        <v>9.9504999999999993E-3</v>
+      </c>
+      <c r="O58" s="3">
+        <v>9200</v>
+      </c>
+      <c r="P58" s="1">
+        <v>-4.0833700000000001E-2</v>
+      </c>
+      <c r="Q58" s="2">
+        <v>8390</v>
+      </c>
+      <c r="R58" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>HistoriqueScenarioPerformance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>DANDOIS Pierre-Baptiste [ECOFI]</dc:creator>
+  <dc:creator>ECOFI.MIDDLEOFFICE Mof [ECOFI]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_SetDate">
-    <vt:lpwstr>2025-09-30T07:46:23Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_SetDate">
+    <vt:lpwstr>2025-12-11T14:49:09Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_Name">
-    <vt:lpwstr>48a19f0c-bea1-442e-a475-ed109d9ec508</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Name">
+    <vt:lpwstr>Standard</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_SiteId">
     <vt:lpwstr>d5bb6d35-8a82-4329-b49a-5030bd6497ab</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_ActionId">
-    <vt:lpwstr>2c8abf54-bd1f-4879-8603-fed02246dbb5</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_ActionId">
+    <vt:lpwstr>61a00bfc-efe8-469a-9af7-41dccffddd36</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_Tag">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>