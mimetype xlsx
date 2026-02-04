--- v1 (2025-12-18)
+++ v2 (2026-02-04)
@@ -1,88 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
-  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Nxwpetl001\public\Reporting\PRIIPS Production Données\PRIIPS Scénario de Performance\PRIIPS_ScenariPerformance\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{DEA643F8-2E7A-4AEC-886A-A6F6A5CD3ACD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{C32803C3-65AB-4EE5-889E-6292B7B7D083}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{FAA0C4EC-8D31-4EBC-B971-B63FA15F48C8}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BBA9361B-E3BA-4674-9630-101B41A90CD7}"/>
   </bookViews>
   <sheets>
     <sheet name="HistoriqueScenarioPerformance" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="64">
+  <si>
+    <t>FR0010177899</t>
+  </si>
   <si>
     <t>31/10/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>FR0010177899</t>
   </si>
   <si>
     <t>30/09/2025</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
@@ -732,53 +732,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C449E640-857A-4F8F-8353-EC445F2E4E38}">
-[...1 lines deleted...]
-  <dimension ref="A1:R58"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FCC3B03F-BC15-48E4-B1A7-EE188C65B436}">
+  <dimension ref="A1:R60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:R21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:18" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>63</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
       <c r="F1" s="30"/>
       <c r="G1" s="30"/>
       <c r="H1" s="30"/>
       <c r="I1" s="30"/>
       <c r="J1" s="30"/>
       <c r="K1" s="30"/>
       <c r="L1" s="30"/>
       <c r="M1" s="30"/>
       <c r="N1" s="30"/>
       <c r="O1" s="30"/>
@@ -1295,51 +1294,51 @@
       </c>
       <c r="L23" s="5" t="s">
         <v>32</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>31</v>
       </c>
       <c r="N23" s="5" t="s">
         <v>30</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>29</v>
       </c>
       <c r="P23" s="5" t="s">
         <v>28</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="R23" s="5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B24" s="4">
         <v>44865</v>
       </c>
       <c r="C24" s="3">
         <v>11230</v>
       </c>
       <c r="D24" s="1">
         <v>0.123</v>
       </c>
       <c r="E24" s="3">
         <v>10110</v>
       </c>
       <c r="F24" s="1">
         <v>1.0999999999999999E-2</v>
       </c>
       <c r="G24" s="3">
         <v>8770</v>
       </c>
       <c r="H24" s="1">
         <v>-0.123</v>
       </c>
       <c r="I24" s="3">
         <v>8140</v>
       </c>
@@ -1351,51 +1350,51 @@
       </c>
       <c r="L24" s="1">
         <v>7.9351699999999997E-2</v>
       </c>
       <c r="M24" s="3">
         <v>10200</v>
       </c>
       <c r="N24" s="1">
         <v>9.9504999999999993E-3</v>
       </c>
       <c r="O24" s="3">
         <v>8780</v>
       </c>
       <c r="P24" s="1">
         <v>-6.2983499999999998E-2</v>
       </c>
       <c r="Q24" s="2">
         <v>7490</v>
       </c>
       <c r="R24" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="25" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B25" s="4">
         <v>44895</v>
       </c>
       <c r="C25" s="3">
         <v>11230</v>
       </c>
       <c r="D25" s="1">
         <v>0.123</v>
       </c>
       <c r="E25" s="3">
         <v>10100</v>
       </c>
       <c r="F25" s="1">
         <v>0.01</v>
       </c>
       <c r="G25" s="3">
         <v>8770</v>
       </c>
       <c r="H25" s="1">
         <v>-0.123</v>
       </c>
       <c r="I25" s="3">
         <v>8140</v>
       </c>
@@ -1407,51 +1406,51 @@
       </c>
       <c r="L25" s="1">
         <v>7.9351699999999997E-2</v>
       </c>
       <c r="M25" s="3">
         <v>10190</v>
       </c>
       <c r="N25" s="1">
         <v>9.4552999999999998E-3</v>
       </c>
       <c r="O25" s="3">
         <v>9040</v>
       </c>
       <c r="P25" s="1">
         <v>-4.9210900000000002E-2</v>
       </c>
       <c r="Q25" s="2">
         <v>7490</v>
       </c>
       <c r="R25" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="26" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B26" s="4">
         <v>44926</v>
       </c>
       <c r="C26" s="3">
         <v>11230</v>
       </c>
       <c r="D26" s="1">
         <v>0.123</v>
       </c>
       <c r="E26" s="3">
         <v>10090</v>
       </c>
       <c r="F26" s="1">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="G26" s="3">
         <v>8770</v>
       </c>
       <c r="H26" s="1">
         <v>-0.123</v>
       </c>
       <c r="I26" s="3">
         <v>8140</v>
       </c>
@@ -1463,51 +1462,51 @@
       </c>
       <c r="L26" s="1">
         <v>7.9351699999999997E-2</v>
       </c>
       <c r="M26" s="3">
         <v>10160</v>
       </c>
       <c r="N26" s="1">
         <v>7.9681999999999999E-3</v>
       </c>
       <c r="O26" s="3">
         <v>8960</v>
       </c>
       <c r="P26" s="1">
         <v>-5.3427200000000001E-2</v>
       </c>
       <c r="Q26" s="2">
         <v>7490</v>
       </c>
       <c r="R26" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="27" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B27" s="4">
         <v>44957</v>
       </c>
       <c r="C27" s="3">
         <v>11230</v>
       </c>
       <c r="D27" s="1">
         <v>0.123</v>
       </c>
       <c r="E27" s="3">
         <v>10090</v>
       </c>
       <c r="F27" s="1">
         <v>8.9999999999999993E-3</v>
       </c>
       <c r="G27" s="3">
         <v>8770</v>
       </c>
       <c r="H27" s="1">
         <v>-0.123</v>
       </c>
       <c r="I27" s="3">
         <v>8140</v>
       </c>
@@ -1519,51 +1518,51 @@
       </c>
       <c r="L27" s="1">
         <v>7.9351699999999997E-2</v>
       </c>
       <c r="M27" s="3">
         <v>10140</v>
       </c>
       <c r="N27" s="1">
         <v>6.9756999999999996E-3</v>
       </c>
       <c r="O27" s="3">
         <v>9210</v>
       </c>
       <c r="P27" s="1">
         <v>-4.0312599999999997E-2</v>
       </c>
       <c r="Q27" s="2">
         <v>7490</v>
       </c>
       <c r="R27" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="28" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B28" s="4">
         <v>44985</v>
       </c>
       <c r="C28" s="3">
         <v>11230</v>
       </c>
       <c r="D28" s="1">
         <v>0.123</v>
       </c>
       <c r="E28" s="3">
         <v>10060</v>
       </c>
       <c r="F28" s="1">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="G28" s="3">
         <v>8770</v>
       </c>
       <c r="H28" s="1">
         <v>-0.123</v>
       </c>
       <c r="I28" s="3">
         <v>8140</v>
       </c>
@@ -1575,51 +1574,51 @@
       </c>
       <c r="L28" s="1">
         <v>7.9351699999999997E-2</v>
       </c>
       <c r="M28" s="3">
         <v>10140</v>
       </c>
       <c r="N28" s="1">
         <v>6.9756999999999996E-3</v>
       </c>
       <c r="O28" s="3">
         <v>9230</v>
       </c>
       <c r="P28" s="1">
         <v>-3.9271100000000003E-2</v>
       </c>
       <c r="Q28" s="2">
         <v>7490</v>
       </c>
       <c r="R28" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="29" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B29" s="4">
         <v>45016</v>
       </c>
       <c r="C29" s="3">
         <v>11230</v>
       </c>
       <c r="D29" s="1">
         <v>0.123</v>
       </c>
       <c r="E29" s="3">
         <v>10040</v>
       </c>
       <c r="F29" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G29" s="3">
         <v>8770</v>
       </c>
       <c r="H29" s="1">
         <v>-0.123</v>
       </c>
       <c r="I29" s="3">
         <v>8140</v>
       </c>
@@ -1631,51 +1630,51 @@
       </c>
       <c r="L29" s="1">
         <v>7.9351699999999997E-2</v>
       </c>
       <c r="M29" s="3">
         <v>10130</v>
       </c>
       <c r="N29" s="1">
         <v>6.4790000000000004E-3</v>
       </c>
       <c r="O29" s="3">
         <v>9230</v>
       </c>
       <c r="P29" s="1">
         <v>-3.9271100000000003E-2</v>
       </c>
       <c r="Q29" s="2">
         <v>7490</v>
       </c>
       <c r="R29" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="30" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B30" s="4">
         <v>45046</v>
       </c>
       <c r="C30" s="3">
         <v>11230</v>
       </c>
       <c r="D30" s="1">
         <v>0.123</v>
       </c>
       <c r="E30" s="3">
         <v>10040</v>
       </c>
       <c r="F30" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G30" s="3">
         <v>8770</v>
       </c>
       <c r="H30" s="1">
         <v>-0.123</v>
       </c>
       <c r="I30" s="3">
         <v>8140</v>
       </c>
@@ -1687,51 +1686,51 @@
       </c>
       <c r="L30" s="1">
         <v>6.7707799999999999E-2</v>
       </c>
       <c r="M30" s="3">
         <v>10130</v>
       </c>
       <c r="N30" s="1">
         <v>6.4790000000000004E-3</v>
       </c>
       <c r="O30" s="3">
         <v>9310</v>
       </c>
       <c r="P30" s="1">
         <v>-3.5116599999999998E-2</v>
       </c>
       <c r="Q30" s="2">
         <v>7490</v>
       </c>
       <c r="R30" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="31" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B31" s="4">
         <v>45077</v>
       </c>
       <c r="C31" s="3">
         <v>11230</v>
       </c>
       <c r="D31" s="1">
         <v>0.123</v>
       </c>
       <c r="E31" s="3">
         <v>10030</v>
       </c>
       <c r="F31" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G31" s="3">
         <v>8770</v>
       </c>
       <c r="H31" s="1">
         <v>-0.123</v>
       </c>
       <c r="I31" s="3">
         <v>8140</v>
       </c>
@@ -1743,51 +1742,51 @@
       </c>
       <c r="L31" s="1">
         <v>5.9716900000000003E-2</v>
       </c>
       <c r="M31" s="3">
         <v>10130</v>
       </c>
       <c r="N31" s="1">
         <v>6.4790000000000004E-3</v>
       </c>
       <c r="O31" s="3">
         <v>9270</v>
       </c>
       <c r="P31" s="1">
         <v>-3.7191599999999998E-2</v>
       </c>
       <c r="Q31" s="2">
         <v>7490</v>
       </c>
       <c r="R31" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="32" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B32" s="4">
         <v>45107</v>
       </c>
       <c r="C32" s="3">
         <v>11230</v>
       </c>
       <c r="D32" s="1">
         <v>0.123</v>
       </c>
       <c r="E32" s="3">
         <v>10030</v>
       </c>
       <c r="F32" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G32" s="3">
         <v>8770</v>
       </c>
       <c r="H32" s="1">
         <v>-0.123</v>
       </c>
       <c r="I32" s="3">
         <v>8140</v>
       </c>
@@ -1799,51 +1798,51 @@
       </c>
       <c r="L32" s="1">
         <v>5.6882200000000001E-2</v>
       </c>
       <c r="M32" s="3">
         <v>10120</v>
       </c>
       <c r="N32" s="1">
         <v>5.9820999999999997E-3</v>
       </c>
       <c r="O32" s="3">
         <v>9340</v>
       </c>
       <c r="P32" s="1">
         <v>-3.3563200000000001E-2</v>
       </c>
       <c r="Q32" s="2">
         <v>7490</v>
       </c>
       <c r="R32" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="33" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B33" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C33" s="3">
         <v>11230</v>
       </c>
       <c r="D33" s="1">
         <v>0.123</v>
       </c>
       <c r="E33" s="3">
         <v>10030</v>
       </c>
       <c r="F33" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G33" s="3">
         <v>8770</v>
       </c>
       <c r="H33" s="1">
         <v>-0.123</v>
       </c>
       <c r="I33" s="3">
         <v>8140</v>
       </c>
@@ -1855,51 +1854,51 @@
       </c>
       <c r="L33" s="1">
         <v>5.0238100000000001E-2</v>
       </c>
       <c r="M33" s="3">
         <v>10120</v>
       </c>
       <c r="N33" s="1">
         <v>5.9820999999999997E-3</v>
       </c>
       <c r="O33" s="3">
         <v>9340</v>
       </c>
       <c r="P33" s="1">
         <v>-3.3563200000000001E-2</v>
       </c>
       <c r="Q33" s="2">
         <v>7490</v>
       </c>
       <c r="R33" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="34" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B34" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C34" s="3">
         <v>11230</v>
       </c>
       <c r="D34" s="1">
         <v>0.123</v>
       </c>
       <c r="E34" s="3">
         <v>10030</v>
       </c>
       <c r="F34" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G34" s="3">
         <v>8770</v>
       </c>
       <c r="H34" s="1">
         <v>-0.123</v>
       </c>
       <c r="I34" s="3">
         <v>8140</v>
       </c>
@@ -1911,51 +1910,51 @@
       </c>
       <c r="L34" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M34" s="3">
         <v>10110</v>
       </c>
       <c r="N34" s="1">
         <v>5.4850000000000003E-3</v>
       </c>
       <c r="O34" s="3">
         <v>9340</v>
       </c>
       <c r="P34" s="1">
         <v>-3.3563200000000001E-2</v>
       </c>
       <c r="Q34" s="2">
         <v>7490</v>
       </c>
       <c r="R34" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="35" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C35" s="3">
         <v>11230</v>
       </c>
       <c r="D35" s="1">
         <v>0.123</v>
       </c>
       <c r="E35" s="3">
         <v>10030</v>
       </c>
       <c r="F35" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G35" s="3">
         <v>8770</v>
       </c>
       <c r="H35" s="1">
         <v>-0.123</v>
       </c>
       <c r="I35" s="3">
         <v>8140</v>
       </c>
@@ -1967,51 +1966,51 @@
       </c>
       <c r="L35" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M35" s="3">
         <v>10100</v>
       </c>
       <c r="N35" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O35" s="3">
         <v>9260</v>
       </c>
       <c r="P35" s="1">
         <v>-3.7711099999999997E-2</v>
       </c>
       <c r="Q35" s="2">
         <v>7490</v>
       </c>
       <c r="R35" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="36" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B36" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C36" s="3">
         <v>11230</v>
       </c>
       <c r="D36" s="1">
         <v>0.123</v>
       </c>
       <c r="E36" s="3">
         <v>10030</v>
       </c>
       <c r="F36" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G36" s="3">
         <v>8770</v>
       </c>
       <c r="H36" s="1">
         <v>-0.123</v>
       </c>
       <c r="I36" s="3">
         <v>8140</v>
       </c>
@@ -2023,51 +2022,51 @@
       </c>
       <c r="L36" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M36" s="3">
         <v>10100</v>
       </c>
       <c r="N36" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O36" s="3">
         <v>9200</v>
       </c>
       <c r="P36" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q36" s="2">
         <v>7490</v>
       </c>
       <c r="R36" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="37" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>21</v>
       </c>
       <c r="C37" s="3">
         <v>11230</v>
       </c>
       <c r="D37" s="1">
         <v>0.123</v>
       </c>
       <c r="E37" s="3">
         <v>10030</v>
       </c>
       <c r="F37" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G37" s="3">
         <v>8770</v>
       </c>
       <c r="H37" s="1">
         <v>-0.123</v>
       </c>
       <c r="I37" s="3">
         <v>8140</v>
       </c>
@@ -2079,51 +2078,51 @@
       </c>
       <c r="L37" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M37" s="3">
         <v>10090</v>
       </c>
       <c r="N37" s="1">
         <v>4.4898999999999998E-3</v>
       </c>
       <c r="O37" s="3">
         <v>9200</v>
       </c>
       <c r="P37" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q37" s="2">
         <v>7490</v>
       </c>
       <c r="R37" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="38" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3">
         <v>11230</v>
       </c>
       <c r="D38" s="1">
         <v>0.123</v>
       </c>
       <c r="E38" s="3">
         <v>10030</v>
       </c>
       <c r="F38" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G38" s="3">
         <v>8770</v>
       </c>
       <c r="H38" s="1">
         <v>-0.123</v>
       </c>
       <c r="I38" s="3">
         <v>8140</v>
       </c>
@@ -2135,51 +2134,51 @@
       </c>
       <c r="L38" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M38" s="3">
         <v>10080</v>
       </c>
       <c r="N38" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O38" s="3">
         <v>9160</v>
       </c>
       <c r="P38" s="1">
         <v>-4.2921099999999997E-2</v>
       </c>
       <c r="Q38" s="2">
         <v>7490</v>
       </c>
       <c r="R38" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="39" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C39" s="3">
         <v>11230</v>
       </c>
       <c r="D39" s="1">
         <v>0.123</v>
       </c>
       <c r="E39" s="3">
         <v>10030</v>
       </c>
       <c r="F39" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G39" s="3">
         <v>8770</v>
       </c>
       <c r="H39" s="1">
         <v>-0.123</v>
       </c>
       <c r="I39" s="3">
         <v>8140</v>
       </c>
@@ -2191,51 +2190,51 @@
       </c>
       <c r="L39" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M39" s="3">
         <v>10060</v>
       </c>
       <c r="N39" s="1">
         <v>2.9954999999999999E-3</v>
       </c>
       <c r="O39" s="3">
         <v>9200</v>
       </c>
       <c r="P39" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q39" s="2">
         <v>7490</v>
       </c>
       <c r="R39" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="40" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>18</v>
       </c>
       <c r="C40" s="3">
         <v>11230</v>
       </c>
       <c r="D40" s="1">
         <v>0.123</v>
       </c>
       <c r="E40" s="3">
         <v>10030</v>
       </c>
       <c r="F40" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G40" s="3">
         <v>8770</v>
       </c>
       <c r="H40" s="1">
         <v>-0.123</v>
       </c>
       <c r="I40" s="3">
         <v>8140</v>
       </c>
@@ -2247,51 +2246,51 @@
       </c>
       <c r="L40" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M40" s="3">
         <v>10060</v>
       </c>
       <c r="N40" s="1">
         <v>2.9954999999999999E-3</v>
       </c>
       <c r="O40" s="3">
         <v>9200</v>
       </c>
       <c r="P40" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q40" s="2">
         <v>7490</v>
       </c>
       <c r="R40" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="41" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C41" s="3">
         <v>11230</v>
       </c>
       <c r="D41" s="1">
         <v>0.123</v>
       </c>
       <c r="E41" s="3">
         <v>10030</v>
       </c>
       <c r="F41" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G41" s="3">
         <v>8770</v>
       </c>
       <c r="H41" s="1">
         <v>-0.123</v>
       </c>
       <c r="I41" s="3">
         <v>8140</v>
       </c>
@@ -2303,51 +2302,51 @@
       </c>
       <c r="L41" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M41" s="3">
         <v>10080</v>
       </c>
       <c r="N41" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O41" s="3">
         <v>9160</v>
       </c>
       <c r="P41" s="1">
         <v>-4.2921099999999997E-2</v>
       </c>
       <c r="Q41" s="2">
         <v>7490</v>
       </c>
       <c r="R41" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="42" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C42" s="3">
         <v>11230</v>
       </c>
       <c r="D42" s="1">
         <v>0.123</v>
       </c>
       <c r="E42" s="3">
         <v>10030</v>
       </c>
       <c r="F42" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G42" s="3">
         <v>8770</v>
       </c>
       <c r="H42" s="1">
         <v>-0.123</v>
       </c>
       <c r="I42" s="3">
         <v>8140</v>
       </c>
@@ -2359,51 +2358,51 @@
       </c>
       <c r="L42" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M42" s="3">
         <v>10080</v>
       </c>
       <c r="N42" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O42" s="3">
         <v>9200</v>
       </c>
       <c r="P42" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q42" s="2">
         <v>7490</v>
       </c>
       <c r="R42" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="43" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C43" s="3">
         <v>11230</v>
       </c>
       <c r="D43" s="1">
         <v>0.123</v>
       </c>
       <c r="E43" s="3">
         <v>10030</v>
       </c>
       <c r="F43" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G43" s="3">
         <v>8770</v>
       </c>
       <c r="H43" s="1">
         <v>-0.123</v>
       </c>
       <c r="I43" s="3">
         <v>8140</v>
       </c>
@@ -2415,51 +2414,51 @@
       </c>
       <c r="L43" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M43" s="3">
         <v>10080</v>
       </c>
       <c r="N43" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O43" s="3">
         <v>9200</v>
       </c>
       <c r="P43" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q43" s="2">
         <v>7490</v>
       </c>
       <c r="R43" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="44" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>15</v>
       </c>
       <c r="C44" s="3">
         <v>11230</v>
       </c>
       <c r="D44" s="1">
         <v>0.123</v>
       </c>
       <c r="E44" s="3">
         <v>10030</v>
       </c>
       <c r="F44" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G44" s="3">
         <v>8770</v>
       </c>
       <c r="H44" s="1">
         <v>-0.123</v>
       </c>
       <c r="I44" s="3">
         <v>8140</v>
       </c>
@@ -2471,51 +2470,51 @@
       </c>
       <c r="L44" s="1">
         <v>4.7855000000000002E-2</v>
       </c>
       <c r="M44" s="3">
         <v>10080</v>
       </c>
       <c r="N44" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O44" s="3">
         <v>9200</v>
       </c>
       <c r="P44" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q44" s="2">
         <v>7490</v>
       </c>
       <c r="R44" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="45" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="3">
         <v>11230</v>
       </c>
       <c r="D45" s="1">
         <v>0.123</v>
       </c>
       <c r="E45" s="3">
         <v>10030</v>
       </c>
       <c r="F45" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G45" s="3">
         <v>8770</v>
       </c>
       <c r="H45" s="1">
         <v>-0.123</v>
       </c>
       <c r="I45" s="3">
         <v>8140</v>
       </c>
@@ -2527,51 +2526,51 @@
       </c>
       <c r="L45" s="1">
         <v>4.9761899999999998E-2</v>
       </c>
       <c r="M45" s="3">
         <v>10080</v>
       </c>
       <c r="N45" s="1">
         <v>3.9919999999999999E-3</v>
       </c>
       <c r="O45" s="3">
         <v>9160</v>
       </c>
       <c r="P45" s="1">
         <v>-4.2921099999999997E-2</v>
       </c>
       <c r="Q45" s="2">
         <v>7490</v>
       </c>
       <c r="R45" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="46" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="3">
         <v>11230</v>
       </c>
       <c r="D46" s="1">
         <v>0.123</v>
       </c>
       <c r="E46" s="3">
         <v>10030</v>
       </c>
       <c r="F46" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G46" s="3">
         <v>8770</v>
       </c>
       <c r="H46" s="1">
         <v>-0.123</v>
       </c>
       <c r="I46" s="3">
         <v>8140</v>
       </c>
@@ -2583,51 +2582,51 @@
       </c>
       <c r="L46" s="1">
         <v>5.2615799999999997E-2</v>
       </c>
       <c r="M46" s="3">
         <v>10100</v>
       </c>
       <c r="N46" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O46" s="3">
         <v>9200</v>
       </c>
       <c r="P46" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q46" s="2">
         <v>7490</v>
       </c>
       <c r="R46" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="47" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C47" s="3">
         <v>11230</v>
       </c>
       <c r="D47" s="1">
         <v>0.123</v>
       </c>
       <c r="E47" s="3">
         <v>10030</v>
       </c>
       <c r="F47" s="1">
         <v>3.0000000000000001E-3</v>
       </c>
       <c r="G47" s="3">
         <v>8770</v>
       </c>
       <c r="H47" s="1">
         <v>-0.123</v>
       </c>
       <c r="I47" s="3">
         <v>8140</v>
       </c>
@@ -2639,51 +2638,51 @@
       </c>
       <c r="L47" s="1">
         <v>5.6882200000000001E-2</v>
       </c>
       <c r="M47" s="3">
         <v>10100</v>
       </c>
       <c r="N47" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O47" s="3">
         <v>9200</v>
       </c>
       <c r="P47" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q47" s="2">
         <v>7490</v>
       </c>
       <c r="R47" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="48" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C48" s="3">
         <v>11230</v>
       </c>
       <c r="D48" s="1">
         <v>0.123</v>
       </c>
       <c r="E48" s="3">
         <v>10040</v>
       </c>
       <c r="F48" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G48" s="3">
         <v>8770</v>
       </c>
       <c r="H48" s="1">
         <v>-0.123</v>
       </c>
       <c r="I48" s="3">
         <v>8140</v>
       </c>
@@ -2695,51 +2694,51 @@
       </c>
       <c r="L48" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M48" s="3">
         <v>10100</v>
       </c>
       <c r="N48" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O48" s="3">
         <v>9200</v>
       </c>
       <c r="P48" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q48" s="2">
         <v>7490</v>
       </c>
       <c r="R48" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="49" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C49" s="3">
         <v>11230</v>
       </c>
       <c r="D49" s="1">
         <v>0.123</v>
       </c>
       <c r="E49" s="3">
         <v>10040</v>
       </c>
       <c r="F49" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G49" s="3">
         <v>8770</v>
       </c>
       <c r="H49" s="1">
         <v>-0.123</v>
       </c>
       <c r="I49" s="3">
         <v>8140</v>
       </c>
@@ -2751,51 +2750,51 @@
       </c>
       <c r="L49" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M49" s="3">
         <v>10100</v>
       </c>
       <c r="N49" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O49" s="3">
         <v>9200</v>
       </c>
       <c r="P49" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q49" s="2">
         <v>7490</v>
       </c>
       <c r="R49" s="1">
         <v>-0.134552</v>
       </c>
     </row>
     <row r="50" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C50" s="3">
         <v>11230</v>
       </c>
       <c r="D50" s="1">
         <v>0.123</v>
       </c>
       <c r="E50" s="3">
         <v>10040</v>
       </c>
       <c r="F50" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G50" s="3">
         <v>8770</v>
       </c>
       <c r="H50" s="1">
         <v>-0.123</v>
       </c>
       <c r="I50" s="3">
         <v>8520</v>
       </c>
@@ -2807,51 +2806,51 @@
       </c>
       <c r="L50" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M50" s="3">
         <v>10100</v>
       </c>
       <c r="N50" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O50" s="3">
         <v>9200</v>
       </c>
       <c r="P50" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q50" s="2">
         <v>8000</v>
       </c>
       <c r="R50" s="1">
         <v>-0.105573</v>
       </c>
     </row>
     <row r="51" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="3">
         <v>11230</v>
       </c>
       <c r="D51" s="1">
         <v>0.123</v>
       </c>
       <c r="E51" s="3">
         <v>10040</v>
       </c>
       <c r="F51" s="1">
         <v>4.0000000000000001E-3</v>
       </c>
       <c r="G51" s="3">
         <v>8770</v>
       </c>
       <c r="H51" s="1">
         <v>-0.123</v>
       </c>
       <c r="I51" s="3">
         <v>8740</v>
       </c>
@@ -2863,51 +2862,51 @@
       </c>
       <c r="L51" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M51" s="3">
         <v>10100</v>
       </c>
       <c r="N51" s="1">
         <v>4.9876E-3</v>
       </c>
       <c r="O51" s="3">
         <v>9200</v>
       </c>
       <c r="P51" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q51" s="2">
         <v>8290</v>
       </c>
       <c r="R51" s="1">
         <v>-8.9505600000000005E-2</v>
       </c>
     </row>
     <row r="52" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C52" s="3">
         <v>11230</v>
       </c>
       <c r="D52" s="1">
         <v>0.123</v>
       </c>
       <c r="E52" s="3">
         <v>10060</v>
       </c>
       <c r="F52" s="1">
         <v>6.0000000000000001E-3</v>
       </c>
       <c r="G52" s="3">
         <v>8770</v>
       </c>
       <c r="H52" s="1">
         <v>-0.123</v>
       </c>
       <c r="I52" s="3">
         <v>8770</v>
       </c>
@@ -2919,51 +2918,51 @@
       </c>
       <c r="L52" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M52" s="3">
         <v>10120</v>
       </c>
       <c r="N52" s="1">
         <v>5.9820999999999997E-3</v>
       </c>
       <c r="O52" s="3">
         <v>9200</v>
       </c>
       <c r="P52" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q52" s="2">
         <v>8350</v>
       </c>
       <c r="R52" s="1">
         <v>-8.6216699999999993E-2</v>
       </c>
     </row>
     <row r="53" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C53" s="3">
         <v>11230</v>
       </c>
       <c r="D53" s="1">
         <v>0.123</v>
       </c>
       <c r="E53" s="3">
         <v>10100</v>
       </c>
       <c r="F53" s="1">
         <v>0.01</v>
       </c>
       <c r="G53" s="3">
         <v>8770</v>
       </c>
       <c r="H53" s="1">
         <v>-0.123</v>
       </c>
       <c r="I53" s="3">
         <v>8770</v>
       </c>
@@ -2975,51 +2974,51 @@
       </c>
       <c r="L53" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M53" s="3">
         <v>10140</v>
       </c>
       <c r="N53" s="1">
         <v>6.9756999999999996E-3</v>
       </c>
       <c r="O53" s="3">
         <v>9200</v>
       </c>
       <c r="P53" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q53" s="2">
         <v>8390</v>
       </c>
       <c r="R53" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
     <row r="54" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C54" s="3">
         <v>11230</v>
       </c>
       <c r="D54" s="1">
         <v>0.123</v>
       </c>
       <c r="E54" s="3">
         <v>10180</v>
       </c>
       <c r="F54" s="1">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="G54" s="3">
         <v>8770</v>
       </c>
       <c r="H54" s="1">
         <v>-0.123</v>
       </c>
       <c r="I54" s="3">
         <v>8770</v>
       </c>
@@ -3031,51 +3030,51 @@
       </c>
       <c r="L54" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M54" s="3">
         <v>10160</v>
       </c>
       <c r="N54" s="1">
         <v>7.9681999999999999E-3</v>
       </c>
       <c r="O54" s="3">
         <v>9200</v>
       </c>
       <c r="P54" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q54" s="2">
         <v>8390</v>
       </c>
       <c r="R54" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
     <row r="55" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B55" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C55" s="3">
         <v>11230</v>
       </c>
       <c r="D55" s="1">
         <v>0.123</v>
       </c>
       <c r="E55" s="3">
         <v>10180</v>
       </c>
       <c r="F55" s="1">
         <v>1.7999999999999999E-2</v>
       </c>
       <c r="G55" s="3">
         <v>8770</v>
       </c>
       <c r="H55" s="1">
         <v>-0.123</v>
       </c>
       <c r="I55" s="3">
         <v>8770</v>
       </c>
@@ -3087,51 +3086,51 @@
       </c>
       <c r="L55" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M55" s="3">
         <v>10160</v>
       </c>
       <c r="N55" s="1">
         <v>7.9681999999999999E-3</v>
       </c>
       <c r="O55" s="3">
         <v>9200</v>
       </c>
       <c r="P55" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q55" s="2">
         <v>8390</v>
       </c>
       <c r="R55" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
     <row r="56" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B56" s="4" t="s">
         <v>3</v>
       </c>
       <c r="C56" s="3">
         <v>11230</v>
       </c>
       <c r="D56" s="1">
         <v>0.123</v>
       </c>
       <c r="E56" s="3">
         <v>10220</v>
       </c>
       <c r="F56" s="1">
         <v>2.1999999999999999E-2</v>
       </c>
       <c r="G56" s="3">
         <v>8770</v>
       </c>
       <c r="H56" s="1">
         <v>-0.123</v>
       </c>
       <c r="I56" s="3">
         <v>8770</v>
       </c>
@@ -3143,51 +3142,51 @@
       </c>
       <c r="L56" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M56" s="3">
         <v>10200</v>
       </c>
       <c r="N56" s="1">
         <v>9.9504999999999993E-3</v>
       </c>
       <c r="O56" s="3">
         <v>9200</v>
       </c>
       <c r="P56" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q56" s="2">
         <v>8390</v>
       </c>
       <c r="R56" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
     <row r="57" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="B57" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C57" s="3">
         <v>11230</v>
       </c>
       <c r="D57" s="1">
         <v>0.123</v>
       </c>
       <c r="E57" s="3">
         <v>10220</v>
       </c>
       <c r="F57" s="1">
         <v>2.1999999999999999E-2</v>
       </c>
       <c r="G57" s="3">
         <v>8770</v>
       </c>
       <c r="H57" s="1">
         <v>-0.123</v>
       </c>
       <c r="I57" s="3">
         <v>8770</v>
       </c>
@@ -3199,101 +3198,213 @@
       </c>
       <c r="L57" s="1">
         <v>7.5174400000000002E-2</v>
       </c>
       <c r="M57" s="3">
         <v>10200</v>
       </c>
       <c r="N57" s="1">
         <v>9.9504999999999993E-3</v>
       </c>
       <c r="O57" s="3">
         <v>9200</v>
       </c>
       <c r="P57" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q57" s="2">
         <v>8390</v>
       </c>
       <c r="R57" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
     <row r="58" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
+        <v>0</v>
+      </c>
+      <c r="B58" s="4" t="s">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="C58" s="3">
         <v>11230</v>
       </c>
       <c r="D58" s="1">
         <v>0.123</v>
       </c>
       <c r="E58" s="3">
         <v>10230</v>
       </c>
       <c r="F58" s="1">
         <v>2.3E-2</v>
       </c>
       <c r="G58" s="3">
         <v>8770</v>
       </c>
       <c r="H58" s="1">
         <v>-0.123</v>
       </c>
       <c r="I58" s="3">
         <v>8770</v>
       </c>
       <c r="J58" s="1">
         <v>-0.123</v>
       </c>
       <c r="K58" s="3">
         <v>11630</v>
       </c>
       <c r="L58" s="1">
         <v>7.8424800000000003E-2</v>
       </c>
       <c r="M58" s="3">
         <v>10200</v>
       </c>
       <c r="N58" s="1">
         <v>9.9504999999999993E-3</v>
       </c>
       <c r="O58" s="3">
         <v>9200</v>
       </c>
       <c r="P58" s="1">
         <v>-4.0833700000000001E-2</v>
       </c>
       <c r="Q58" s="2">
         <v>8390</v>
       </c>
       <c r="R58" s="1">
+        <v>-8.4030599999999997E-2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>0</v>
+      </c>
+      <c r="B59" s="4">
+        <v>45991</v>
+      </c>
+      <c r="C59" s="3">
+        <v>11230</v>
+      </c>
+      <c r="D59" s="1">
+        <v>0.123</v>
+      </c>
+      <c r="E59" s="3">
+        <v>10290</v>
+      </c>
+      <c r="F59" s="1">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="G59" s="3">
+        <v>8770</v>
+      </c>
+      <c r="H59" s="1">
+        <v>-0.123</v>
+      </c>
+      <c r="I59" s="3">
+        <v>8770</v>
+      </c>
+      <c r="J59" s="1">
+        <v>-0.123</v>
+      </c>
+      <c r="K59" s="3">
+        <v>11710</v>
+      </c>
+      <c r="L59" s="1">
+        <v>8.2127500000000006E-2</v>
+      </c>
+      <c r="M59" s="3">
+        <v>10200</v>
+      </c>
+      <c r="N59" s="1">
+        <v>9.9504999999999993E-3</v>
+      </c>
+      <c r="O59" s="3">
+        <v>9200</v>
+      </c>
+      <c r="P59" s="1">
+        <v>-4.0833700000000001E-2</v>
+      </c>
+      <c r="Q59" s="2">
+        <v>8390</v>
+      </c>
+      <c r="R59" s="1">
+        <v>-8.4030599999999997E-2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>0</v>
+      </c>
+      <c r="B60" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C60" s="3">
+        <v>11230</v>
+      </c>
+      <c r="D60" s="1">
+        <v>0.123</v>
+      </c>
+      <c r="E60" s="3">
+        <v>10290</v>
+      </c>
+      <c r="F60" s="1">
+        <v>2.9000000000000001E-2</v>
+      </c>
+      <c r="G60" s="3">
+        <v>8770</v>
+      </c>
+      <c r="H60" s="1">
+        <v>-0.123</v>
+      </c>
+      <c r="I60" s="3">
+        <v>8770</v>
+      </c>
+      <c r="J60" s="1">
+        <v>-0.123</v>
+      </c>
+      <c r="K60" s="3">
+        <v>11630</v>
+      </c>
+      <c r="L60" s="1">
+        <v>7.8424800000000003E-2</v>
+      </c>
+      <c r="M60" s="3">
+        <v>10200</v>
+      </c>
+      <c r="N60" s="1">
+        <v>9.9504999999999993E-3</v>
+      </c>
+      <c r="O60" s="3">
+        <v>9200</v>
+      </c>
+      <c r="P60" s="1">
+        <v>-4.0833700000000001E-2</v>
+      </c>
+      <c r="Q60" s="2">
+        <v>8390</v>
+      </c>
+      <c r="R60" s="1">
         <v>-8.4030599999999997E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:R2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
@@ -3305,47 +3416,47 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ECOFI.MIDDLEOFFICE Mof [ECOFI]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_SetDate">
-    <vt:lpwstr>2025-12-11T14:49:09Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-03T08:48:09Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Name">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_SiteId">
     <vt:lpwstr>d5bb6d35-8a82-4329-b49a-5030bd6497ab</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_ActionId">
-    <vt:lpwstr>61a00bfc-efe8-469a-9af7-41dccffddd36</vt:lpwstr>
+    <vt:lpwstr>5ffb2872-5ed7-4413-8c8d-b23414a98e67</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>