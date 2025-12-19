--- v0 (2025-10-03)
+++ v1 (2025-12-19)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Nxwpetl001\public\Reporting\PRIIPS Production Données\PRIIPS Scénario de Performance\PRIIPS_ScenariPerformance\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F46A96F6-FB48-4B73-95E2-775D8EF6D482}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{73519F3C-108D-4C37-9AF7-2EA22DDA2340}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-14325" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{E3972CD6-7EF5-413C-8181-24B1F2ED8854}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{5CE346EA-3D9C-43EC-8A33-2AC4174C09E6}"/>
   </bookViews>
   <sheets>
     <sheet name="HistoriqueScenarioPerformance" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -663,51 +663,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F1F53CDB-FE54-4DFD-A0E9-040AE2D726C2}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BBED092E-4AA3-453E-8A96-D4EBB4AE704A}">
+  <sheetPr codeName="Feuil102"/>
   <dimension ref="A1:R26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:R21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:18" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
       <c r="F1" s="30"/>
       <c r="G1" s="30"/>
       <c r="H1" s="30"/>
       <c r="I1" s="30"/>
       <c r="J1" s="30"/>
       <c r="K1" s="30"/>
       <c r="L1" s="30"/>
       <c r="M1" s="30"/>
       <c r="N1" s="30"/>
@@ -1430,60 +1431,60 @@
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>HistoriqueScenarioPerformance</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>DANDOIS Pierre-Baptiste [ECOFI]</dc:creator>
+  <dc:creator>ECOFI.MIDDLEOFFICE Mof [ECOFI]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_Enabled">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_SetDate">
-    <vt:lpwstr>2025-09-30T07:50:02Z</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_SetDate">
+    <vt:lpwstr>2025-12-11T14:54:26Z</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_Method">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_Name">
-    <vt:lpwstr>48a19f0c-bea1-442e-a475-ed109d9ec508</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Name">
+    <vt:lpwstr>Standard</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_SiteId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_SiteId">
     <vt:lpwstr>d5bb6d35-8a82-4329-b49a-5030bd6497ab</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_ActionId">
-    <vt:lpwstr>9b96ecbb-ca83-4a49-b171-6eb3679b8b2a</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_ActionId">
+    <vt:lpwstr>ae717d82-0023-4ea9-9cf2-19717a532a35</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_ContentBits">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_48a19f0c-bea1-442e-a475-ed109d9ec508_Tag">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>