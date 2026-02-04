--- v1 (2025-12-19)
+++ v2 (2026-02-04)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
-  <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Nxwpetl001\public\Reporting\PRIIPS Production Données\PRIIPS Scénario de Performance\PRIIPS_ScenariPerformance\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="14_{73519F3C-108D-4C37-9AF7-2EA22DDA2340}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{BE142811-21A0-49FE-B8A7-6611E9AB1D3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{5CE346EA-3D9C-43EC-8A33-2AC4174C09E6}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{849E0763-FDCB-43DB-9ED3-140BB05CC372}"/>
   </bookViews>
   <sheets>
     <sheet name="HistoriqueScenarioPerformance" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -663,52 +663,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BBED092E-4AA3-453E-8A96-D4EBB4AE704A}">
-  <sheetPr codeName="Feuil102"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{46B1A4CF-144A-486F-9DAA-CCA8E49B53CF}">
   <dimension ref="A1:R26"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:R21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:18" ht="50.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>40</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
       <c r="F1" s="30"/>
       <c r="G1" s="30"/>
       <c r="H1" s="30"/>
       <c r="I1" s="30"/>
       <c r="J1" s="30"/>
       <c r="K1" s="30"/>
       <c r="L1" s="30"/>
       <c r="M1" s="30"/>
       <c r="N1" s="30"/>
@@ -1444,47 +1443,47 @@
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ECOFI.MIDDLEOFFICE Mof [ECOFI]</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_SetDate">
-    <vt:lpwstr>2025-12-11T14:54:26Z</vt:lpwstr>
+    <vt:lpwstr>2026-02-03T08:53:27Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Name">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_SiteId">
     <vt:lpwstr>d5bb6d35-8a82-4329-b49a-5030bd6497ab</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_ActionId">
-    <vt:lpwstr>ae717d82-0023-4ea9-9cf2-19717a532a35</vt:lpwstr>
+    <vt:lpwstr>90add295-155d-4636-8e19-35612396db00</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_7dd18aa4-ed64-4d59-b931-5ad635491991_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>